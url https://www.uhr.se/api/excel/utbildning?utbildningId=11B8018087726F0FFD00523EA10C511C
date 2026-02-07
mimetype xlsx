--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -34,51 +34,51 @@
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Utbildning" sheetId="1" r:id="rId1"/>
     <sheet name="Antagna sökande urval 1" sheetId="2" r:id="rId2"/>
     <sheet name="Antagna sökande urval 2" sheetId="3" r:id="rId3"/>
     <sheet name="Lägsta antagningspoäng urval 1" sheetId="4" r:id="rId4"/>
     <sheet name="Lägsta antagningspoäng urval 2" sheetId="5" r:id="rId5"/>
     <sheet name="Sökande och Förstahandssökande" sheetId="6" r:id="rId6"/>
     <sheet name="Kön sökande" sheetId="7" r:id="rId7"/>
     <sheet name="Kön antagna urval 1" sheetId="8" r:id="rId8"/>
     <sheet name="Kön antagna urval 2" sheetId="9" r:id="rId9"/>
     <sheet name="Kön reserver urval 1" sheetId="10" r:id="rId10"/>
     <sheet name="Kön reserver urval 2" sheetId="11" r:id="rId11"/>
     <sheet name="Ålder sökande" sheetId="12" r:id="rId12"/>
     <sheet name="Ålder antagna urval 1" sheetId="13" r:id="rId13"/>
     <sheet name="Ålder antagna urval 2" sheetId="14" r:id="rId14"/>
     <sheet name="Ålder reserver urval 1" sheetId="15" r:id="rId15"/>
     <sheet name="Ålder reserver urval 2" sheetId="16" r:id="rId16"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="55">
   <si>
     <t>Kurs</t>
   </si>
   <si>
     <t>1FS010</t>
   </si>
   <si>
     <t>Namn</t>
   </si>
   <si>
     <t>Kris, hållbarhet och innovation</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Lärosäte</t>
   </si>
   <si>
     <t>Försvarshögskolan Stockholm</t>
   </si>
   <si>
     <t>Studietakt</t>
   </si>
   <si>
@@ -111,99 +111,114 @@
   <si>
     <t>VT2024</t>
   </si>
   <si>
     <t>VT2025</t>
   </si>
   <si>
     <t>VT2026</t>
   </si>
   <si>
     <t>Antagna</t>
   </si>
   <si>
     <t>Reserver</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>21.46</t>
   </si>
   <si>
     <t>21.26</t>
   </si>
   <si>
+    <t>21.67</t>
+  </si>
+  <si>
     <t>BII</t>
   </si>
   <si>
     <t>21.09</t>
   </si>
   <si>
     <t>21.38</t>
   </si>
   <si>
+    <t>22.33</t>
+  </si>
+  <si>
     <t>BF</t>
   </si>
   <si>
     <t>4.00</t>
   </si>
   <si>
     <t>HP</t>
   </si>
   <si>
     <t>1.35</t>
   </si>
   <si>
     <t>1.40</t>
   </si>
   <si>
     <t>ÖS</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>VT24 24119 (VT2024)</t>
   </si>
   <si>
     <t>VT25 25102 (VT2025)</t>
   </si>
   <si>
     <t>VT26 26103 (VT2026)</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>20.95</t>
   </si>
   <si>
+    <t>21.21</t>
+  </si>
+  <si>
     <t>20.55</t>
   </si>
   <si>
     <t>20.91</t>
+  </si>
+  <si>
+    <t>21.45</t>
+  </si>
+  <si>
+    <t>3.00</t>
   </si>
   <si>
     <t>1.30</t>
   </si>
   <si>
     <t>Sökande</t>
   </si>
   <si>
     <t>Förstahandssökande</t>
   </si>
   <si>
     <t>Män</t>
   </si>
   <si>
     <t>Kvinnor</t>
   </si>
   <si>
     <t>24 eller yngre</t>
   </si>
   <si>
     <t>25 - 34</t>
   </si>
   <si>
     <t>35 eller äldre</t>
   </si>
@@ -337,205 +352,217 @@
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B3" s="0">
         <v>132</v>
       </c>
       <c r="C3" s="0">
         <v>163</v>
       </c>
+      <c r="D3" s="0">
+        <v>171</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B4" s="0">
         <v>246</v>
       </c>
       <c r="C4" s="0">
         <v>267</v>
+      </c>
+      <c r="D4" s="0">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B3" s="0">
         <v>79</v>
       </c>
       <c r="C3" s="0">
         <v>93</v>
       </c>
+      <c r="D3" s="0">
+        <v>105</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B4" s="0">
         <v>132</v>
       </c>
       <c r="C4" s="0">
         <v>157</v>
+      </c>
+      <c r="D4" s="0">
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B3" s="0">
         <v>93</v>
       </c>
       <c r="C3" s="0">
         <v>92</v>
       </c>
       <c r="D3" s="0">
         <v>142</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B4" s="0">
         <v>184</v>
       </c>
       <c r="C4" s="0">
         <v>178</v>
       </c>
       <c r="D4" s="0">
         <v>185</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B5" s="0">
         <v>230</v>
       </c>
       <c r="C5" s="0">
         <v>284</v>
       </c>
       <c r="D5" s="0">
         <v>310</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -546,301 +573,337 @@
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B3" s="0">
         <v>11</v>
       </c>
       <c r="C3" s="0">
         <v>10</v>
       </c>
+      <c r="D3" s="0">
+        <v>13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B4" s="0">
         <v>15</v>
       </c>
       <c r="C4" s="0">
         <v>12</v>
       </c>
+      <c r="D4" s="0">
+        <v>15</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B5" s="0">
         <v>24</v>
       </c>
       <c r="C5" s="0">
         <v>28</v>
+      </c>
+      <c r="D5" s="0">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B3" s="0">
         <v>10</v>
       </c>
       <c r="C3" s="0">
         <v>9</v>
       </c>
+      <c r="D3" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B4" s="0">
         <v>9</v>
       </c>
       <c r="C4" s="0">
         <v>8</v>
       </c>
+      <c r="D4" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B5" s="0">
         <v>21</v>
       </c>
       <c r="C5" s="0">
         <v>23</v>
+      </c>
+      <c r="D5" s="0">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B3" s="0">
         <v>58</v>
       </c>
       <c r="C3" s="0">
         <v>67</v>
       </c>
+      <c r="D3" s="0">
+        <v>108</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B4" s="0">
         <v>136</v>
       </c>
       <c r="C4" s="0">
         <v>146</v>
       </c>
+      <c r="D4" s="0">
+        <v>139</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B5" s="0">
         <v>184</v>
       </c>
       <c r="C5" s="0">
         <v>217</v>
+      </c>
+      <c r="D5" s="0">
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B3" s="0">
         <v>25</v>
       </c>
       <c r="C3" s="0">
         <v>34</v>
       </c>
+      <c r="D3" s="0">
+        <v>51</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B4" s="0">
         <v>72</v>
       </c>
       <c r="C4" s="0">
         <v>86</v>
       </c>
+      <c r="D4" s="0">
+        <v>77</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B5" s="0">
         <v>114</v>
       </c>
       <c r="C5" s="0">
         <v>130</v>
+      </c>
+      <c r="D5" s="0">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
@@ -850,60 +913,66 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="0">
         <v>50</v>
       </c>
       <c r="C3" s="0">
         <v>50</v>
       </c>
+      <c r="D3" s="0">
+        <v>40</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B4" s="0">
         <v>378</v>
       </c>
       <c r="C4" s="0">
         <v>430</v>
+      </c>
+      <c r="D4" s="0">
+        <v>513</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
@@ -913,306 +982,342 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="0">
         <v>40</v>
       </c>
       <c r="C3" s="0">
         <v>40</v>
       </c>
+      <c r="D3" s="0">
+        <v>35</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B4" s="0">
         <v>211</v>
       </c>
       <c r="C4" s="0">
         <v>250</v>
+      </c>
+      <c r="D4" s="0">
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>24</v>
       </c>
+      <c r="D3" s="0" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
+      </c>
+      <c r="D6" s="0" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C1" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D1" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
+      </c>
+      <c r="D3" s="0" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
+      </c>
+      <c r="D6" s="0" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B3" s="0">
         <v>507</v>
       </c>
       <c r="C3" s="0">
         <v>554</v>
       </c>
       <c r="D3" s="0">
         <v>637</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B4" s="0">
         <v>90</v>
       </c>
       <c r="C4" s="0">
         <v>125</v>
       </c>
       <c r="D4" s="0">
         <v>146</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -1223,65 +1328,65 @@
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B3" s="0">
         <v>184</v>
       </c>
       <c r="C3" s="0">
         <v>213</v>
       </c>
       <c r="D3" s="0">
         <v>216</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B4" s="0">
         <v>323</v>
       </c>
       <c r="C4" s="0">
         <v>341</v>
       </c>
       <c r="D4" s="0">
         <v>421</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -1292,112 +1397,124 @@
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B3" s="0">
         <v>17</v>
       </c>
       <c r="C3" s="0">
         <v>14</v>
       </c>
+      <c r="D3" s="0">
+        <v>13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B4" s="0">
         <v>33</v>
       </c>
       <c r="C4" s="0">
         <v>36</v>
+      </c>
+      <c r="D4" s="0">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B3" s="0">
         <v>17</v>
       </c>
       <c r="C3" s="0">
         <v>13</v>
+      </c>
+      <c r="D3" s="0">
+        <v>11</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B4" s="0">
         <v>23</v>
       </c>
       <c r="C4" s="0">
         <v>27</v>
+      </c>
+      <c r="D4" s="0">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>