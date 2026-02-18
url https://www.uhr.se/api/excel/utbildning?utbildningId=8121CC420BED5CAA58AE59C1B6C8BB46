--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -300,61 +300,67 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B3" s="0">
         <v>0</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
       </c>
+      <c r="D4" s="0">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
@@ -363,59 +369,65 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B3" s="0">
         <v>0</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
+        <v>0</v>
+      </c>
+      <c r="D4" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
@@ -509,72 +521,81 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="0">
         <v>2</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>7</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="0">
         <v>9</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
+      </c>
+      <c r="D4" s="0">
+        <v>17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="0">
         <v>18</v>
       </c>
       <c r="C5" s="0">
         <v>0</v>
       </c>
+      <c r="D5" s="0">
+        <v>19</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
@@ -583,72 +604,81 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="0">
         <v>1</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="0">
         <v>5</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
+      </c>
+      <c r="D4" s="0">
+        <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="0">
         <v>13</v>
       </c>
       <c r="C5" s="0">
         <v>0</v>
       </c>
+      <c r="D5" s="0">
+        <v>17</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
@@ -657,72 +687,81 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="0">
         <v>0</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
+        <v>0</v>
+      </c>
+      <c r="D4" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="0">
         <v>0</v>
       </c>
       <c r="C5" s="0">
         <v>0</v>
       </c>
+      <c r="D5" s="0">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
@@ -731,72 +770,81 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="0">
         <v>0</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
+        <v>0</v>
+      </c>
+      <c r="D4" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="0">
         <v>0</v>
       </c>
       <c r="C5" s="0">
         <v>0</v>
       </c>
+      <c r="D5" s="0">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
@@ -805,61 +853,67 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="0">
         <v>29</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>43</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
       </c>
+      <c r="D4" s="0">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
@@ -868,59 +922,65 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="0">
         <v>19</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>32</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
+        <v>0</v>
+      </c>
+      <c r="D4" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
@@ -933,50 +993,53 @@
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>24</v>
       </c>
+      <c r="D4" s="0" t="s">
+        <v>24</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>27</v>
       </c>
     </row>
@@ -987,50 +1050,53 @@
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>24</v>
       </c>
+      <c r="D4" s="0" t="s">
+        <v>24</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
@@ -1177,60 +1243,66 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B3" s="0">
         <v>15</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="0">
         <v>14</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
+      </c>
+      <c r="D4" s="0">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
@@ -1240,41 +1312,47 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B3" s="0">
         <v>10</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
+      <c r="D3" s="0">
+        <v>13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="0">
         <v>9</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
       </c>
-    </row>
-[...3 lines deleted...]
-</file>
+      <c r="D4" s="0">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>