--- v0 (2025-11-30)
+++ v1 (2026-01-30)
@@ -351,65 +351,71 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B3" s="0">
         <v>1</v>
       </c>
       <c r="C3" s="0">
         <v>6</v>
       </c>
       <c r="D3" s="0">
         <v>0</v>
       </c>
       <c r="E3" s="0">
         <v>0</v>
       </c>
+      <c r="F3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="0">
         <v>6</v>
       </c>
       <c r="C4" s="0">
         <v>12</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
       <c r="E4" s="0">
+        <v>0</v>
+      </c>
+      <c r="F4" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
@@ -438,65 +444,71 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B3" s="0">
         <v>0</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
       <c r="D3" s="0">
         <v>0</v>
       </c>
       <c r="E3" s="0">
         <v>0</v>
       </c>
+      <c r="F3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
       <c r="E4" s="0">
+        <v>0</v>
+      </c>
+      <c r="F4" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
@@ -638,83 +650,92 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="0">
         <v>3</v>
       </c>
       <c r="C3" s="0">
         <v>1</v>
       </c>
       <c r="D3" s="0">
         <v>2</v>
       </c>
       <c r="E3" s="0">
         <v>6</v>
       </c>
+      <c r="F3" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="0">
         <v>15</v>
       </c>
       <c r="C4" s="0">
         <v>17</v>
       </c>
       <c r="D4" s="0">
         <v>18</v>
       </c>
       <c r="E4" s="0">
         <v>12</v>
       </c>
+      <c r="F4" s="0">
+        <v>22</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="0">
         <v>17</v>
       </c>
       <c r="C5" s="0">
         <v>17</v>
       </c>
       <c r="D5" s="0">
         <v>14</v>
       </c>
       <c r="E5" s="0">
         <v>12</v>
+      </c>
+      <c r="F5" s="0">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
@@ -742,83 +763,92 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="0">
         <v>3</v>
       </c>
       <c r="C3" s="0">
         <v>1</v>
       </c>
       <c r="D3" s="0">
         <v>2</v>
       </c>
       <c r="E3" s="0">
         <v>2</v>
       </c>
+      <c r="F3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="0">
         <v>14</v>
       </c>
       <c r="C4" s="0">
         <v>13</v>
       </c>
       <c r="D4" s="0">
         <v>10</v>
       </c>
       <c r="E4" s="0">
         <v>8</v>
       </c>
+      <c r="F4" s="0">
+        <v>16</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="0">
         <v>15</v>
       </c>
       <c r="C5" s="0">
         <v>21</v>
       </c>
       <c r="D5" s="0">
         <v>9</v>
       </c>
       <c r="E5" s="0">
         <v>11</v>
+      </c>
+      <c r="F5" s="0">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
@@ -846,82 +876,91 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="0">
         <v>1</v>
       </c>
       <c r="C3" s="0">
         <v>1</v>
       </c>
       <c r="D3" s="0">
         <v>0</v>
       </c>
       <c r="E3" s="0">
         <v>0</v>
       </c>
+      <c r="F3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="0">
         <v>4</v>
       </c>
       <c r="C4" s="0">
         <v>9</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
       <c r="E4" s="0">
         <v>0</v>
       </c>
+      <c r="F4" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="0">
         <v>2</v>
       </c>
       <c r="C5" s="0">
         <v>8</v>
       </c>
       <c r="D5" s="0">
         <v>0</v>
       </c>
       <c r="E5" s="0">
+        <v>0</v>
+      </c>
+      <c r="F5" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
@@ -950,82 +989,91 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="0">
         <v>0</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
       <c r="D3" s="0">
         <v>0</v>
       </c>
       <c r="E3" s="0">
         <v>0</v>
       </c>
+      <c r="F3" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
       <c r="E4" s="0">
         <v>0</v>
       </c>
+      <c r="F4" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="0">
         <v>0</v>
       </c>
       <c r="C5" s="0">
         <v>0</v>
       </c>
       <c r="D5" s="0">
         <v>0</v>
       </c>
       <c r="E5" s="0">
+        <v>0</v>
+      </c>
+      <c r="F5" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
@@ -1054,65 +1102,71 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="0">
         <v>35</v>
       </c>
       <c r="C3" s="0">
         <v>35</v>
       </c>
       <c r="D3" s="0">
         <v>34</v>
       </c>
       <c r="E3" s="0">
         <v>30</v>
       </c>
+      <c r="F3" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B4" s="0">
         <v>7</v>
       </c>
       <c r="C4" s="0">
         <v>18</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
       <c r="E4" s="0">
+        <v>0</v>
+      </c>
+      <c r="F4" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
@@ -1141,65 +1195,71 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="0">
         <v>32</v>
       </c>
       <c r="C3" s="0">
         <v>35</v>
       </c>
       <c r="D3" s="0">
         <v>21</v>
       </c>
       <c r="E3" s="0">
         <v>21</v>
       </c>
+      <c r="F3" s="0">
+        <v>25</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B4" s="0">
         <v>0</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
       <c r="E4" s="0">
+        <v>0</v>
+      </c>
+      <c r="F4" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>16</v>
@@ -1225,82 +1285,91 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>27</v>
       </c>
+      <c r="F3" s="0" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>27</v>
       </c>
+      <c r="F4" s="0" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -1334,82 +1403,91 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>27</v>
       </c>
+      <c r="F3" s="0" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>27</v>
       </c>
+      <c r="F4" s="0" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -1632,66 +1710,72 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B3" s="0">
         <v>14</v>
       </c>
       <c r="C3" s="0">
         <v>16</v>
       </c>
       <c r="D3" s="0">
         <v>13</v>
       </c>
       <c r="E3" s="0">
         <v>10</v>
       </c>
+      <c r="F3" s="0">
+        <v>22</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="0">
         <v>21</v>
       </c>
       <c r="C4" s="0">
         <v>19</v>
       </c>
       <c r="D4" s="0">
         <v>21</v>
       </c>
       <c r="E4" s="0">
         <v>20</v>
+      </c>
+      <c r="F4" s="0">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>15</v>
       </c>
@@ -1719,47 +1803,53 @@
         <v>21</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B3" s="0">
         <v>12</v>
       </c>
       <c r="C3" s="0">
         <v>13</v>
       </c>
       <c r="D3" s="0">
         <v>10</v>
       </c>
       <c r="E3" s="0">
         <v>8</v>
       </c>
+      <c r="F3" s="0">
+        <v>17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="0">
         <v>20</v>
       </c>
       <c r="C4" s="0">
         <v>22</v>
       </c>
       <c r="D4" s="0">
         <v>11</v>
       </c>
       <c r="E4" s="0">
         <v>13</v>
       </c>
+      <c r="F4" s="0">
+        <v>8</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>